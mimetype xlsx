--- v0 (2025-10-07)
+++ v1 (2025-12-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="416" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="472" uniqueCount="236">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -225,62 +225,122 @@
   <si>
     <t>234</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/234/pl_15-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Altera o quadro de pessoal da administração direta do município, atualiza valores e dá outras disposições.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/235/pl_16-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Artigo 2º. da Lei Municipal n. 347/2025 (Lei de Diretrizes Orçamentaria para 2026 - LDO), adequando as exigências do Programa "Primeira Infância", e dá outras providências.</t>
   </si>
   <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/244/pl_17-25_ppa_aprovada.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Plano Plurianual do Município para o período de 2026 a 2029, e dá outras providências.</t>
+  </si>
+  <si>
     <t>236</t>
   </si>
   <si>
-    <t>17</t>
+    <t>18</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/236/pl_18-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Declara área de expansão urbana e dá outras providências.</t>
   </si>
   <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/245/pl_19-25_aprovada.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a realização de ajustes na programação orçamentaria com a abertura de créditos adicionais especiais ao orçamento vigente para finalidade que especifica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/248/pl_20-25_aprovada.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação da Rua Veneziano Gonçalves situada por trás da rua do Colégio do Estado.</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/250/pl_22-25_aprovada.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação de fundo com dotações para o conselho de segurança pública, alterando a lei 332/2024 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/251/pl_23-25_aprovada.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a realização de ajustes na programação com abertura de créditos adicionais especiais ao orçamento vigente para a finalidade que especifica e dá outras providências.</t>
+  </si>
+  <si>
     <t>197</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Rafael Imperiano Borges</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Requerer a construção de passagem molhada no Curralinho.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>LEONARDO</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/198/req_03-25.pdf</t>
@@ -411,101 +471,89 @@
   <si>
     <t>Requer ao Sr. Prefeito para que seja feito um apelo para que após a realização do campeonato que seja mantido uma ajuda de custo as equipes no segundo semestre.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/215/req_16-25.pdf</t>
   </si>
   <si>
     <t>Requer fazer um apelo ao Sr. Prefeito para que haja uma ação social em conjunto as Secretarias de Saúde e Assistência Social para que seja oferecido um lanche após a realização de exames laboratoriais.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/216/req_17-25.pdf</t>
   </si>
   <si>
     <t>Requerer a atualização de todos os requerimentos que não foram atendidos na legislatura passada.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/217/req_19-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de passagem molhada que liga os sítios São José e Campos.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/219/req_20-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma área de lazer na praça próximo ao coreto.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/220/req_21-25.pdf</t>
   </si>
   <si>
     <t>Requer uma ajuda de custo em aluguel para aquelas pessoas que mais necessita.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>22</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/227/req_22-25.pdf</t>
   </si>
   <si>
     <t>Requer uma lombada na Rua Frei Ibiapina próximo ao posto de gasolina.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/228/req_23-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito a aquisição de um Drone Agrícola no município.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/221/req_24-25.pdf</t>
   </si>
   <si>
     <t>Requer a iluminação do campo do Leão do Norte.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/222/req_25-25.pdf</t>
@@ -634,50 +682,74 @@
     <t>Requer a fundação de uma Banda Marcial Municipal.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/242/req_36-25.pdf</t>
   </si>
   <si>
     <t>Requer um centro de reabilitação para usuário de álcool e drogas no município.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/243/req_38-25.pdf</t>
   </si>
   <si>
     <t>Requer um galpão de reciclagem para os recicladores do município.</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/247/req_39-25.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de obra de calçamento da Rua Francisco Alves de Souza.</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/249/req_40-25.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de obra de calçamento da Rua Manoel Galdino Pereira que é pararela rua Rondineli.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/203/plc_01-25_aprovada.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -993,68 +1065,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/193/pl_01-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/194/pl_02-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/195/pl_03-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/196/pl_04-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/202/pl_05-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/204/pl_06-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/212/pl_07-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/218/pl_09-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/230/pl_ldo_aprovada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/231/pl_12-25__aprovado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/232/pl13-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/233/pl_14-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/234/pl_15-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/235/pl_16-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/236/pl_18-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/198/req_03-25.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/199/req_04-25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/200/req_05-25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/201/req_06-25.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/205/req_07-25.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/207/req_09-25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/208/req_10-25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/209/req_11-25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/210/req_12-25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/211/req_13-25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/213/req_14-25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/214/req_15-25.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/215/req_16-25.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/216/req_17-25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/217/req_19-25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/219/req_20-25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/220/req_21-25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/227/req_22-25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/228/req_23-25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/221/req_24-25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/222/req_25-25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/223/req_26-25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/224/req_27-25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/225/req_28-25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/226/req_29-25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/229/req_30-25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/237/req_31-25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/238/req_32-25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/239/req_33-25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/240/req_34-25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/241/req_35-25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/242/req_36-25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/243/req_38-25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/203/plc_01-25_aprovada.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/193/pl_01-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/194/pl_02-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/195/pl_03-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/196/pl_04-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/202/pl_05-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/204/pl_06-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/212/pl_07-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/218/pl_09-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/230/pl_ldo_aprovada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/231/pl_12-25__aprovado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/232/pl13-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/233/pl_14-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/234/pl_15-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/235/pl_16-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/244/pl_17-25_ppa_aprovada.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/236/pl_18-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/245/pl_19-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/248/pl_20-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/250/pl_22-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/251/pl_23-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/198/req_03-25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/199/req_04-25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/200/req_05-25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/201/req_06-25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/205/req_07-25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/207/req_09-25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/208/req_10-25.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/209/req_11-25.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/210/req_12-25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/211/req_13-25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/213/req_14-25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/214/req_15-25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/215/req_16-25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/216/req_17-25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/217/req_19-25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/219/req_20-25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/220/req_21-25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/227/req_22-25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/228/req_23-25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/221/req_24-25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/222/req_25-25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/223/req_26-25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/224/req_27-25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/225/req_28-25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/226/req_29-25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/229/req_30-25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/237/req_31-25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/238/req_32-25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/239/req_33-25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/240/req_34-25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/241/req_35-25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/242/req_36-25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/243/req_38-25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/247/req_39-25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/249/req_40-25.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/203/plc_01-25_aprovada.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H52"/>
+  <dimension ref="A1:H59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="179.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1438,976 +1510,1158 @@
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H16" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>75</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="D17" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="F17" t="s">
+      <c r="H17" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>80</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B18" t="s">
-[...11 lines deleted...]
-      <c r="F18" t="s">
+      <c r="H18" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>83</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>84</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>26</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B19" t="s">
-[...14 lines deleted...]
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>88</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>89</v>
       </c>
       <c r="H20" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>91</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="D21" t="s">
-        <v>76</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>93</v>
       </c>
       <c r="H21" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>95</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E22" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F22" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H22" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="D23" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E23" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F23" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="H23" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>105</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>21</v>
+      </c>
+      <c r="D24" t="s">
+        <v>96</v>
+      </c>
+      <c r="E24" t="s">
+        <v>97</v>
+      </c>
+      <c r="F24" t="s">
         <v>102</v>
       </c>
-      <c r="B24" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G24" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H24" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="D25" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E25" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F25" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H25" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E26" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F26" t="s">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="H26" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="D27" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E27" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F27" t="s">
-        <v>60</v>
+        <v>116</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="H27" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>117</v>
+        <v>43</v>
       </c>
       <c r="D28" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E28" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F28" t="s">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>118</v>
+        <v>99</v>
       </c>
       <c r="H28" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>59</v>
+        <v>123</v>
       </c>
       <c r="D29" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E29" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F29" t="s">
-        <v>82</v>
+        <v>124</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="H29" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="D30" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E30" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F30" t="s">
-        <v>92</v>
+        <v>26</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H30" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="D31" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E31" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F31" t="s">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H31" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="D32" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E32" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F32" t="s">
         <v>60</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="H32" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D33" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E33" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F33" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="H33" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>137</v>
+        <v>59</v>
       </c>
       <c r="D34" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E34" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F34" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="H34" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>141</v>
+        <v>64</v>
       </c>
       <c r="D35" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E35" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F35" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H35" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>145</v>
+        <v>68</v>
       </c>
       <c r="D36" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E36" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F36" t="s">
-        <v>78</v>
+        <v>112</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H36" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>149</v>
+        <v>72</v>
       </c>
       <c r="D37" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E37" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F37" t="s">
         <v>60</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>150</v>
       </c>
       <c r="H37" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>152</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
+        <v>76</v>
+      </c>
+      <c r="D38" t="s">
+        <v>96</v>
+      </c>
+      <c r="E38" t="s">
+        <v>97</v>
+      </c>
+      <c r="F38" t="s">
+        <v>98</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>155</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>84</v>
+      </c>
+      <c r="D39" t="s">
+        <v>96</v>
+      </c>
+      <c r="E39" t="s">
+        <v>97</v>
+      </c>
+      <c r="F39" t="s">
+        <v>102</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="H39" t="s">
         <v>157</v>
-      </c>
-[...13 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>158</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>159</v>
+      </c>
+      <c r="D40" t="s">
+        <v>96</v>
+      </c>
+      <c r="E40" t="s">
+        <v>97</v>
+      </c>
+      <c r="F40" t="s">
+        <v>102</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="H40" t="s">
         <v>161</v>
-      </c>
-[...13 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>162</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>88</v>
+      </c>
+      <c r="D41" t="s">
+        <v>96</v>
+      </c>
+      <c r="E41" t="s">
+        <v>97</v>
+      </c>
+      <c r="F41" t="s">
+        <v>98</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H41" t="s">
         <v>164</v>
-      </c>
-[...19 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>169</v>
+        <v>92</v>
       </c>
       <c r="D42" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E42" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F42" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="H42" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D43" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E43" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F43" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="H43" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="D44" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E44" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F44" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="H44" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D45" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E45" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F45" t="s">
-        <v>96</v>
+        <v>31</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="H45" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D46" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E46" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F46" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="H46" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D47" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E47" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F47" t="s">
         <v>26</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H47" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D48" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E48" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F48" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="H48" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D49" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E49" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F49" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="H49" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D50" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E50" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F50" t="s">
-        <v>82</v>
+        <v>116</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="H50" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D51" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E51" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="F51" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="H51" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>204</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>205</v>
+      </c>
+      <c r="D52" t="s">
+        <v>96</v>
+      </c>
+      <c r="E52" t="s">
+        <v>97</v>
+      </c>
+      <c r="F52" t="s">
+        <v>26</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H52" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
         <v>208</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>209</v>
+      </c>
+      <c r="D53" t="s">
+        <v>96</v>
+      </c>
+      <c r="E53" t="s">
+        <v>97</v>
+      </c>
+      <c r="F53" t="s">
+        <v>120</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H53" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>212</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>213</v>
+      </c>
+      <c r="D54" t="s">
+        <v>96</v>
+      </c>
+      <c r="E54" t="s">
+        <v>97</v>
+      </c>
+      <c r="F54" t="s">
+        <v>116</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H54" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>216</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>217</v>
+      </c>
+      <c r="D55" t="s">
+        <v>96</v>
+      </c>
+      <c r="E55" t="s">
+        <v>97</v>
+      </c>
+      <c r="F55" t="s">
+        <v>102</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H55" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>220</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>221</v>
+      </c>
+      <c r="D56" t="s">
+        <v>96</v>
+      </c>
+      <c r="E56" t="s">
+        <v>97</v>
+      </c>
+      <c r="F56" t="s">
+        <v>102</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H56" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>224</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>225</v>
+      </c>
+      <c r="D57" t="s">
+        <v>96</v>
+      </c>
+      <c r="E57" t="s">
+        <v>97</v>
+      </c>
+      <c r="F57" t="s">
+        <v>102</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H57" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>228</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>229</v>
+      </c>
+      <c r="D58" t="s">
+        <v>96</v>
+      </c>
+      <c r="E58" t="s">
+        <v>97</v>
+      </c>
+      <c r="F58" t="s">
+        <v>102</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H58" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>232</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
         <v>10</v>
       </c>
-      <c r="D52" t="s">
-[...5 lines deleted...]
-      <c r="F52" t="s">
+      <c r="D59" t="s">
+        <v>233</v>
+      </c>
+      <c r="E59" t="s">
+        <v>234</v>
+      </c>
+      <c r="F59" t="s">
         <v>13</v>
       </c>
-      <c r="G52" s="1" t="s">
-[...3 lines deleted...]
-        <v>74</v>
+      <c r="G59" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H59" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2419,50 +2673,57 @@
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>