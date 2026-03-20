--- v1 (2025-12-16)
+++ v2 (2026-03-20)
@@ -10,758 +10,806 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="472" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="512" uniqueCount="252">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>PEDRO JARSON VERISSIMO DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/193/pl_01-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/193/pl_01-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Institui o valor do salário mínimo no âmbito de competência do Município  de Olivedos-PB.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/194/pl_02-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/194/pl_02-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Atualiza os valores financeiros contidos nos Anexos II e IV da Lei n° 107, de 21 de junho de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/195/pl_03-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/195/pl_03-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação e Estrutura Administrativa da Creche Municipal Jandira Guimarães, e dá outras providências.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ALUISIO SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/196/pl_04-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/196/pl_04-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Siudete Portela Colaço situada no centro da Cidade.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MARIA IZABEL (BEBA)</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/202/pl_05-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/202/pl_05-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da PB 147 de Antenor Pereira Guimarães.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/204/pl_06-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/204/pl_06-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Semanário Eletrônico Oficial do Municipal de Olivedos, como veículo de divulgação dos poderes Executivo e Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/212/pl_07-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/212/pl_07-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de ajustes na programação Orçamentária com a abertura de créditos adicionais especiais ao orçamento vigente para finalidade que específica e dá outras providências.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/218/pl_09-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/218/pl_09-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Atualiza os valores dispostos nos anexos da Lei n° 119/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/230/pl_ldo_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/230/pl_ldo_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da lei orçamentária do município para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/231/pl_12-25__aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/231/pl_12-25__aprovado.pdf</t>
   </si>
   <si>
     <t>Altera o quadro de pessoal da administração direta do município,  atualiza os valores e dá outras disposições.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/232/pl13-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/232/pl13-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do pagamento de inscrições em Concursos Públicos para doadores de Medula Óssea e dá outras providências.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>JOSÉ EUDES</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/233/pl_14-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/233/pl_14-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Campo Municipal de Olivedos de João Domingos ("O Domingão") situado no Bairro Novo Mundo.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/234/pl_15-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/234/pl_15-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Altera o quadro de pessoal da administração direta do município, atualiza valores e dá outras disposições.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/235/pl_16-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/235/pl_16-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Artigo 2º. da Lei Municipal n. 347/2025 (Lei de Diretrizes Orçamentaria para 2026 - LDO), adequando as exigências do Programa "Primeira Infância", e dá outras providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/244/pl_17-25_ppa_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/244/pl_17-25_ppa_aprovada.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual do Município para o período de 2026 a 2029, e dá outras providências.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/236/pl_18-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/236/pl_18-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Declara área de expansão urbana e dá outras providências.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/245/pl_19-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/245/pl_19-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de ajustes na programação orçamentaria com a abertura de créditos adicionais especiais ao orçamento vigente para finalidade que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/248/pl_20-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/248/pl_20-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Veneziano Gonçalves situada por trás da rua do Colégio do Estado.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/250/pl_22-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/250/pl_22-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de fundo com dotações para o conselho de segurança pública, alterando a lei 332/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/251/pl_23-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/251/pl_23-25_aprovada.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de ajustes na programação com abertura de créditos adicionais especiais ao orçamento vigente para a finalidade que especifica e dá outras providências.</t>
   </si>
   <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>JOELMA CRISTINA</t>
+  </si>
+  <si>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/252/pl_24-25_aprovada.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação da galeria de fotos dos exs-prefeitos do Município de Olivedos.</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.olivedos.pb.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Autoriza a realização de ajustes na programação com abertura de créditos adicionais e especiais ao orçamento vigente para a finalidade que especifica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/254/pl_26-25_aprovada.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a realização de ajustes na programação orçamentaria com abertura de créditos adicionais e especais ao orçamento vigente para a finalidade que especifica e dá outras providências.</t>
+  </si>
+  <si>
     <t>197</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Rafael Imperiano Borges</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Requerer a construção de passagem molhada no Curralinho.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>LEONARDO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/198/req_03-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/198/req_03-25.pdf</t>
   </si>
   <si>
     <t>REQUER colocar um mata-burro no Sitio Balanço.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/199/req_04-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/199/req_04-25.pdf</t>
   </si>
   <si>
     <t>REQUER construção de obra de calçamento no final da Rua José Limeira da Silva.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/200/req_05-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/200/req_05-25.pdf</t>
   </si>
   <si>
     <t>REQUERER a construção de passagem molhada no rio de Adalto no Sitio Massapé.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>MARISALDO ROCHA OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/201/req_06-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/201/req_06-25.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Sr. Secretário de Cultura, Esporte e Lazer Odeandro da Silva para colocar no calendário oficial das festas um evento voltado a terceira idade.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>JOELMA CRISTINA</t>
-[...2 lines deleted...]
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/205/req_07-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/205/req_07-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de passagem molhada para o sitio São José.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>EDGLEY DA CERÂMICA</t>
   </si>
   <si>
     <t>Requerer a construção de um matador público no Município.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>NINO LEONARDO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/207/req_09-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/207/req_09-25.pdf</t>
   </si>
   <si>
     <t>Requerer atualizações de todos os requerimentos que não foram atendidos na legislatura passada.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/208/req_10-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/208/req_10-25.pdf</t>
   </si>
   <si>
     <t>Requerer atualização de todos os requerimentos que não foram atendidos na legislatura passada.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/209/req_11-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/209/req_11-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de passagem molhada que liga os sítios: Impueiras, Santa Helena, Barrocas, Pedra D'água, Campo de Lagoa.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/210/req_12-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/210/req_12-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de passagem molhada no sitio Juá nas imediações do sitio de Armando.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/211/req_13-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/211/req_13-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de passagem molhada nas imediações do sitio de Valdo para o de Felisberto.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/213/req_14-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/213/req_14-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça de lazer com academia popular ali próximo ao quiosque de Aldinho.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/214/req_15-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/214/req_15-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito para que seja feito um apelo para que após a realização do campeonato que seja mantido uma ajuda de custo as equipes no segundo semestre.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/215/req_16-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/215/req_16-25.pdf</t>
   </si>
   <si>
     <t>Requer fazer um apelo ao Sr. Prefeito para que haja uma ação social em conjunto as Secretarias de Saúde e Assistência Social para que seja oferecido um lanche após a realização de exames laboratoriais.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/216/req_17-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/216/req_17-25.pdf</t>
   </si>
   <si>
     <t>Requerer a atualização de todos os requerimentos que não foram atendidos na legislatura passada.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/217/req_19-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/217/req_19-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de passagem molhada que liga os sítios São José e Campos.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/219/req_20-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/219/req_20-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma área de lazer na praça próximo ao coreto.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/220/req_21-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/220/req_21-25.pdf</t>
   </si>
   <si>
     <t>Requer uma ajuda de custo em aluguel para aquelas pessoas que mais necessita.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/227/req_22-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/227/req_22-25.pdf</t>
   </si>
   <si>
     <t>Requer uma lombada na Rua Frei Ibiapina próximo ao posto de gasolina.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/228/req_23-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/228/req_23-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito a aquisição de um Drone Agrícola no município.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>24</t>
-[...2 lines deleted...]
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/221/req_24-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/221/req_24-25.pdf</t>
   </si>
   <si>
     <t>Requer a iluminação do campo do Leão do Norte.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>25</t>
-[...2 lines deleted...]
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/222/req_25-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/222/req_25-25.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de um ônibus rodoviário para os alunos universitários.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>26</t>
-[...2 lines deleted...]
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/223/req_26-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/223/req_26-25.pdf</t>
   </si>
   <si>
     <t>Requer suspensão da cobrança extra judicial do IPTU.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/224/req_27-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/224/req_27-25.pdf</t>
   </si>
   <si>
     <t>Requer instalação do telhado do mercado público municipal.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/225/req_28-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/225/req_28-25.pdf</t>
   </si>
   <si>
     <t>Requer a realização de palestras educativas nas escolas.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/226/req_29-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/226/req_29-25.pdf</t>
   </si>
   <si>
     <t>Requer ao Sr. Prefeito através da Secretária de Saúde Municipal a implantação de um atendimento móvel com médico, médico  odontológico e enfermeiro.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/229/req_30-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/229/req_30-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção  de uma praça no bairro Cinquentinha.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/237/req_31-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/237/req_31-25.pdf</t>
   </si>
   <si>
     <t>Requer as placas de sinalização na PB 157.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/238/req_32-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/238/req_32-25.pdf</t>
   </si>
   <si>
     <t>Requer abertura de um telecentro.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/239/req_33-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/239/req_33-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de passagem molhada no Sítio Barrocas.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/240/req_34-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/240/req_34-25.pdf</t>
   </si>
   <si>
     <t>Requer a solicitação ao Sr. Prefeito uma quadra de esporte na comunidade do Sitio Aroeiras.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/241/req_35-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/241/req_35-25.pdf</t>
   </si>
   <si>
     <t>Requer a fundação de uma Banda Marcial Municipal.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/242/req_36-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/242/req_36-25.pdf</t>
   </si>
   <si>
     <t>Requer um centro de reabilitação para usuário de álcool e drogas no município.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/243/req_38-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/243/req_38-25.pdf</t>
   </si>
   <si>
     <t>Requer um galpão de reciclagem para os recicladores do município.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/247/req_39-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/247/req_39-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de obra de calçamento da Rua Francisco Alves de Souza.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/249/req_40-25.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/249/req_40-25.pdf</t>
   </si>
   <si>
     <t>Requer a construção de obra de calçamento da Rua Manoel Galdino Pereira que é pararela rua Rondineli.</t>
   </si>
   <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/260/req_40-25.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de obras de calçamento da Rua Manoel Galdino Pereira que é paralela a Rua Rondineli.</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/261/req_41-25.pdf</t>
+  </si>
+  <si>
+    <t>Requerer a construção de passagem molhada em rio que dá acesso ao cinquentinha.</t>
+  </si>
+  <si>
     <t>203</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/203/plc_01-25_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/203/plc_01-25_aprovada.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1065,68 +1113,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/193/pl_01-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/194/pl_02-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/195/pl_03-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/196/pl_04-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/202/pl_05-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/204/pl_06-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/212/pl_07-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/218/pl_09-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/230/pl_ldo_aprovada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/231/pl_12-25__aprovado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/232/pl13-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/233/pl_14-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/234/pl_15-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/235/pl_16-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/244/pl_17-25_ppa_aprovada.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/236/pl_18-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/245/pl_19-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/248/pl_20-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/250/pl_22-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/251/pl_23-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/198/req_03-25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/199/req_04-25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/200/req_05-25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/201/req_06-25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/205/req_07-25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/207/req_09-25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/208/req_10-25.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/209/req_11-25.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/210/req_12-25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/211/req_13-25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/213/req_14-25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/214/req_15-25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/215/req_16-25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/216/req_17-25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/217/req_19-25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/219/req_20-25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/220/req_21-25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/227/req_22-25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/228/req_23-25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/221/req_24-25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/222/req_25-25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/223/req_26-25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/224/req_27-25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/225/req_28-25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/226/req_29-25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/229/req_30-25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/237/req_31-25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/238/req_32-25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/239/req_33-25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/240/req_34-25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/241/req_35-25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/242/req_36-25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/243/req_38-25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/247/req_39-25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/249/req_40-25.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/203/plc_01-25_aprovada.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/193/pl_01-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/194/pl_02-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/195/pl_03-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/196/pl_04-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/202/pl_05-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/204/pl_06-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/212/pl_07-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/218/pl_09-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/230/pl_ldo_aprovada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/231/pl_12-25__aprovado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/232/pl13-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/233/pl_14-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/234/pl_15-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/235/pl_16-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/244/pl_17-25_ppa_aprovada.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/236/pl_18-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/245/pl_19-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/248/pl_20-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/250/pl_22-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/251/pl_23-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/252/pl_24-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/254/pl_26-25_aprovada.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/198/req_03-25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/199/req_04-25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/200/req_05-25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/201/req_06-25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/205/req_07-25.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/207/req_09-25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/208/req_10-25.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/209/req_11-25.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/210/req_12-25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/211/req_13-25.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/213/req_14-25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/214/req_15-25.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/215/req_16-25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/216/req_17-25.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/217/req_19-25.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/219/req_20-25.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/220/req_21-25.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/227/req_22-25.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/228/req_23-25.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/221/req_24-25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/222/req_25-25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/223/req_26-25.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/224/req_27-25.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/225/req_28-25.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/226/req_29-25.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/229/req_30-25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/237/req_31-25.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/238/req_32-25.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/239/req_33-25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/240/req_34-25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/241/req_35-25.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/242/req_36-25.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/243/req_38-25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/247/req_39-25.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/249/req_40-25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/260/req_40-25.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/261/req_41-25.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2025/203/plc_01-25_aprovada.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H59"/>
+  <dimension ref="A1:H64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="179.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1640,1027 +1688,1157 @@
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>93</v>
       </c>
       <c r="H21" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>95</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="D22" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
         <v>97</v>
       </c>
-      <c r="F22" t="s">
+      <c r="G22" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="G22" s="1" t="s">
+      <c r="H22" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>100</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>101</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="G23" s="1" t="s">
+      <c r="H23" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>104</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>105</v>
       </c>
-      <c r="B24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>106</v>
       </c>
       <c r="H24" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>108</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E25" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F25" t="s">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="H25" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D26" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E26" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F26" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="H26" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D27" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E27" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F27" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H27" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="D28" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E28" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F28" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="H28" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>123</v>
+        <v>30</v>
       </c>
       <c r="D29" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E29" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F29" t="s">
         <v>124</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>125</v>
       </c>
       <c r="H29" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D30" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E30" t="s">
+        <v>110</v>
+      </c>
+      <c r="F30" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H30" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D31" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E31" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F31" t="s">
-        <v>116</v>
+        <v>131</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="H31" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>133</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>55</v>
+        <v>134</v>
       </c>
       <c r="D32" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E32" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F32" t="s">
-        <v>60</v>
+        <v>135</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="H32" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>137</v>
+        <v>47</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E33" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F33" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H33" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="D34" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E34" t="s">
+        <v>110</v>
+      </c>
+      <c r="F34" t="s">
         <v>97</v>
       </c>
-      <c r="F34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H34" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="D35" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E35" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F35" t="s">
-        <v>112</v>
+        <v>60</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H35" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>68</v>
+        <v>148</v>
       </c>
       <c r="D36" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E36" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F36" t="s">
-        <v>112</v>
+        <v>60</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H36" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="D37" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E37" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F37" t="s">
-        <v>60</v>
+        <v>114</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H37" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="D38" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E38" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F38" t="s">
-        <v>98</v>
+        <v>124</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H38" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="D39" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E39" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F39" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H39" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>159</v>
+        <v>72</v>
       </c>
       <c r="D40" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E40" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F40" t="s">
-        <v>102</v>
+        <v>60</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H40" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="D41" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E41" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F41" t="s">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H41" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D42" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E42" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F42" t="s">
-        <v>60</v>
+        <v>114</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H42" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D43" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E43" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F43" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H43" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>173</v>
+        <v>88</v>
       </c>
       <c r="D44" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E44" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F44" t="s">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>174</v>
       </c>
       <c r="H44" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>176</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
+        <v>92</v>
+      </c>
+      <c r="D45" t="s">
+        <v>109</v>
+      </c>
+      <c r="E45" t="s">
+        <v>110</v>
+      </c>
+      <c r="F45" t="s">
+        <v>60</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>179</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>96</v>
+      </c>
+      <c r="D46" t="s">
+        <v>109</v>
+      </c>
+      <c r="E46" t="s">
+        <v>110</v>
+      </c>
+      <c r="F46" t="s">
+        <v>111</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="H46" t="s">
         <v>181</v>
-      </c>
-[...13 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>182</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>101</v>
+      </c>
+      <c r="D47" t="s">
+        <v>109</v>
+      </c>
+      <c r="E47" t="s">
+        <v>110</v>
+      </c>
+      <c r="F47" t="s">
+        <v>111</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H47" t="s">
         <v>184</v>
-      </c>
-[...19 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>189</v>
+        <v>105</v>
       </c>
       <c r="D48" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E48" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F48" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="H48" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D49" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E49" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F49" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="H49" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D50" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E50" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F50" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="H50" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D51" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E51" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F51" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="H51" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D52" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E52" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F52" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="H52" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D53" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E53" t="s">
+        <v>110</v>
+      </c>
+      <c r="F53" t="s">
         <v>97</v>
       </c>
-      <c r="F53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G53" s="1" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="H53" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D54" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E54" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F54" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="H54" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D55" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E55" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F55" t="s">
-        <v>102</v>
+        <v>26</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="H55" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D56" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E56" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F56" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H56" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D57" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E57" t="s">
+        <v>110</v>
+      </c>
+      <c r="F57" t="s">
         <v>97</v>
       </c>
-      <c r="F57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G57" s="1" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="H57" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D58" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E58" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F58" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="H58" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>228</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>229</v>
+      </c>
+      <c r="D59" t="s">
+        <v>109</v>
+      </c>
+      <c r="E59" t="s">
+        <v>110</v>
+      </c>
+      <c r="F59" t="s">
+        <v>114</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H59" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
         <v>232</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>233</v>
+      </c>
+      <c r="D60" t="s">
+        <v>109</v>
+      </c>
+      <c r="E60" t="s">
+        <v>110</v>
+      </c>
+      <c r="F60" t="s">
+        <v>114</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H60" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>236</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>237</v>
+      </c>
+      <c r="D61" t="s">
+        <v>109</v>
+      </c>
+      <c r="E61" t="s">
+        <v>110</v>
+      </c>
+      <c r="F61" t="s">
+        <v>114</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H61" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>240</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>241</v>
+      </c>
+      <c r="D62" t="s">
+        <v>109</v>
+      </c>
+      <c r="E62" t="s">
+        <v>110</v>
+      </c>
+      <c r="F62" t="s">
+        <v>114</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H62" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>244</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>245</v>
+      </c>
+      <c r="D63" t="s">
+        <v>109</v>
+      </c>
+      <c r="E63" t="s">
+        <v>110</v>
+      </c>
+      <c r="F63" t="s">
+        <v>114</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H63" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>248</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
         <v>10</v>
       </c>
-      <c r="D59" t="s">
-[...5 lines deleted...]
-      <c r="F59" t="s">
+      <c r="D64" t="s">
+        <v>249</v>
+      </c>
+      <c r="E64" t="s">
+        <v>250</v>
+      </c>
+      <c r="F64" t="s">
         <v>13</v>
       </c>
-      <c r="G59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H59" t="s">
+      <c r="G64" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H64" t="s">
         <v>78</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
@@ -2680,50 +2858,55 @@
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>