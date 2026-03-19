--- v0 (2025-10-06)
+++ v1 (2026-03-19)
@@ -54,423 +54,423 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>José de Deus Anibal Leonardo</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/164/pl_001-24_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/164/pl_001-24_aprovada.pdf</t>
   </si>
   <si>
     <t>Institui e autoriza o Poder Executivo Municipal, através da Secretaria Municipal de Saúde, a realizar o pagamento de gratificação por saúde bucal e dá outras providências.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/165/pl_02-24_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/165/pl_02-24_aprovado.pdf</t>
   </si>
   <si>
     <t>Atualiza os valores dispostos nos anexos da Lei n° 119/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/162/pl_003_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/162/pl_003_aprovada.pdf</t>
   </si>
   <si>
     <t>Institui o valor do salário mínimo no âmbito de competência do Município de Olivedos-PB.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/163/pl_004_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/163/pl_004_aprovada.pdf</t>
   </si>
   <si>
     <t>Atualiza os valores financeiros contidos nos Anexos II e IV da Lei n°107, de 21 de junho de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/169/pl_05-24_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/169/pl_05-24_aprovado.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de ajustes na programação orçamentária com a abertura de créditos adicionais espeiciais ao orçamento vigente para finalidade que específica e dá outras providências.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/167/pl_06-24_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/167/pl_06-24_aprovado.pdf</t>
   </si>
   <si>
     <t>Autoriza a Transposição, o remejamento ou a transferência de recursos de Dotações Orçamentárias, e dá outras providências.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/170/pl_07-24__aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/170/pl_07-24__aprovado.pdf</t>
   </si>
   <si>
     <t>Regulamenta a carga horária dos cargos de Enfermeira, Técnica de Enfermagem e Auxiliar de Enfermagem, e dá outras providências.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/171/pl_08-24__aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/171/pl_08-24__aprovado.pdf</t>
   </si>
   <si>
     <t>Adota a educação em tempo integral nas escolas da rede municipal de ensino do município de Olivedos/PB e dá outras providências.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/172/pl_09-24_aprovado_.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/172/pl_09-24_aprovado_.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores, Prefeito, Vice-prefeito, Secretários do Município de Olivedos e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ALUISIO SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/175/pl_010_24_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/175/pl_010_24_aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Unidade Básica de Saúde Âncora Sítio Aroeiras, situada na Zona Rural do Município de Olivedos.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>NINO LEONARDO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/176/pl_011_24_aprovado_.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/176/pl_011_24_aprovado_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação da Unidade Básica de Saúde, situada na Rua Sebastião Cordeiro da Costa (Centro) do Município de Olivedos.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/177/pl_012-24_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/177/pl_012-24_aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária do Município para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/178/pl_013-24_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/178/pl_013-24_aprovado.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de ajustes na Programação Orçamentária com a abertura de créditos adicionais espeiciais ao orçamento vigente para finalidade que específica e dá outras providências.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/179/pl_014-24_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/179/pl_014-24_aprovado.pdf</t>
   </si>
   <si>
     <t>Cria Conselho Municipal de Segurança Pública e Defesa Social e dá outras providências.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/181/pl_15-24_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/181/pl_15-24_aprovada.pdf</t>
   </si>
   <si>
     <t>Torna a Festa de São Sebastião patrimônio histórico, cultural e imaterial do Município de Olivedos/PB.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/182/pl_17-24_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/182/pl_17-24_aprovada.pdf</t>
   </si>
   <si>
     <t>Autorização a realização de ajustes na programação orçamentária com a abertura de créditos adicionais especiais ao orçamento vigente para finalidade que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/183/pl_l_18-24_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/183/pl_l_18-24_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova redação do art. 5°. da lei municipal n°. 312/2023 (orçamento vigente) e dá outras providências.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/188/pl_20-24_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/188/pl_20-24_aprovada.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito da Atenção Primária á Saúde no Município da Olivedos, baseado nos termos da Política Nacional da Atenção Básica, Incentivo Financeiro Variável por Desempenho em conformidade com a Portaria GM/MS n°3493 de 10 de abril de 2024 denominado Componente de Vínculo e Qualidade na Atenção Primária á Saúde- APS para as Equipes de Saúde Bucal (eSB), Equipes de Saúde da Família (eSF), Equipe de Atenção Primária (eAP) e Equipe Multiprofissional (eMulti), e dá outras providências</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza a realização de ajustes na programação orçamentária com a abertura de créditos adicionais especiais ao orçamento vigente para finalidade que específica e dá outras providências.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/190/pl_l_18-24_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/190/pl_l_18-24_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova redação do art. 5° da Lei Municipal n° 312/2023 (Orçamento Vigente) e dá outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/191/pl_19-24_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/191/pl_19-24_aprovada.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município para o exercício financeiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/192/pl_20-24_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/192/pl_20-24_aprovada.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito da Atenção Primária á Saúde no Munícipio de Olivedos, baseado nos termos da Política Nacional da Atenção Básica, Incentivo Financeiro Variável por Desempenho em conformidade com a Portaria GM/MS n° 3493 de 10 de abril de 2024 denominado Componente de Vínculo e Qualidade na Atenção Primária á Saúde - APS para as Equipes de Saúde Bucal (eSB), Equipes de Saúde Família (eSf0, Equipe de Atenção Primária (eAP) e Equipe Multiprofissional (eMulti), e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>JOELMA CRISTINA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/173/requerimento_062_.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/173/requerimento_062_.pdf</t>
   </si>
   <si>
     <t>Requerer a revitalização e a implantação de postes e bancos na Praça José Batista localizada na Rua Eutazio Imperiano Costa, próxima ao Açude das Mouras.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>JOSÉ EUDES</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/174/requerimento_063.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/174/requerimento_063.pdf</t>
   </si>
   <si>
     <t>Requer a criação e implantação da Guarda Municipal no município de Olivedos/PB.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/168/mocao_013-2024.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/168/mocao_013-2024.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Sr. Reynaldo Mendonça.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Moção de Reconhecimento a Josefa de Couto Rodrigues.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/166/plc_01-24__aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/166/plc_01-24__aprovada.pdf</t>
   </si>
   <si>
     <t>Altera o quadro de pessoal da administração direta do município, atualiza valores e dá outras disposições.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/180/plc_16-24_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/180/plc_16-24_aprovado.pdf</t>
   </si>
   <si>
     <t>Declara área de expansão urbana e e especial interesse social, para fins de construção de Vila Olímpica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/185/pdl_10-24.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/185/pdl_10-24.pdf</t>
   </si>
   <si>
     <t>Outorga título de Cidadão Olivedense ao Sr. Adriano Cezar Galdino de Araújo e dá outras providências.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/186/pdl_11-24.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/186/pdl_11-24.pdf</t>
   </si>
   <si>
     <t>Outorga título de Cidadão Olivendese ao Sr. Wollace Raully da Costa e dá outras providências.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/187/pdl_12-24.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/187/pdl_12-24.pdf</t>
   </si>
   <si>
     <t>Outorga título de Cidadão Olivedense ao Sr. Hugo Motta Wanderley da Nóbrega e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -777,68 +777,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/164/pl_001-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/165/pl_02-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/162/pl_003_aprovada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/163/pl_004_aprovada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/169/pl_05-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/167/pl_06-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/170/pl_07-24__aprovado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/171/pl_08-24__aprovado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/172/pl_09-24_aprovado_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/175/pl_010_24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/176/pl_011_24_aprovado_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/177/pl_012-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/178/pl_013-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/179/pl_014-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/181/pl_15-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/182/pl_17-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/183/pl_l_18-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/188/pl_20-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/190/pl_l_18-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/191/pl_19-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/192/pl_20-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/173/requerimento_062_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/174/requerimento_063.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/168/mocao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/166/plc_01-24__aprovada.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/180/plc_16-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/185/pdl_10-24.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/186/pdl_11-24.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/187/pdl_12-24.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/164/pl_001-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/165/pl_02-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/162/pl_003_aprovada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/163/pl_004_aprovada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/169/pl_05-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/167/pl_06-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/170/pl_07-24__aprovado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/171/pl_08-24__aprovado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/172/pl_09-24_aprovado_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/175/pl_010_24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/176/pl_011_24_aprovado_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/177/pl_012-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/178/pl_013-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/179/pl_014-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/181/pl_15-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/182/pl_17-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/183/pl_l_18-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/188/pl_20-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/190/pl_l_18-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/191/pl_19-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/192/pl_20-24_aprovada.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/173/requerimento_062_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/174/requerimento_063.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/168/mocao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/166/plc_01-24__aprovada.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/180/plc_16-24_aprovado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/185/pdl_10-24.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/186/pdl_11-24.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2024/187/pdl_12-24.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>