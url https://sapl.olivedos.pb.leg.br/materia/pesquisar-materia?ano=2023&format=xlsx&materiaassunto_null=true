--- v0 (2025-10-06)
+++ v1 (2026-03-20)
@@ -54,522 +54,522 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>José de Deus Anibal Leonardo</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/117/pl-_42_23_-_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/117/pl-_42_23_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Institui o valor do salário mínimo no âmbito de competência do Município de Olivedos - PB.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/118/pl-43_23-_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/118/pl-43_23-_aprovado.pdf</t>
   </si>
   <si>
     <t>Altera Classes e atualiza os valores financeiros contidos nos Anexos II e IV da Lei nº 107, de 21 de junho de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>ALUISIO SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/119/pl_-_44_-23.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/119/pl_-_44_-23.pdf</t>
   </si>
   <si>
     <t>Nomeia o Centro de Comercialização do Município de Olivedos.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/129/pl_45_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/129/pl_45_aprovado.pdf</t>
   </si>
   <si>
     <t>Autoriza a transposição, o remanejamento ou a transferência de recursos de dotações orçamentárias, e dá outras providências.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/126/pl_46_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/126/pl_46_aprovado.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de ajustes na programação orçamentária com a abertura de créditos adicionais especiais ao orçamento vigente para a finalidade que específica e dá outras providências.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/130/pl_47_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/130/pl_47_aprovada.pdf</t>
   </si>
   <si>
     <t>Institui a campanha "ABRIL VERDE" no munícipio de Olivedos e dá outras providências.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/131/pl_48_ldo.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/131/pl_48_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da lei orçamentária do município para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/132/pl_49_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/132/pl_49_aprovada.pdf</t>
   </si>
   <si>
     <t>Nomeia a passagem molhada situada no Bairro Cinquentinha de passagem molhada José Inácio de Oliveira.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>NINO LEONARDO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/133/pl_050_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/133/pl_050_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Celina Pereira Guimarães situada no Bairro do Cinquentinha.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/134/pl_051_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/134/pl_051_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Rua Manoel Galdino situada no Bairro Cinquentinha.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/135/pl_052_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/135/pl_052_aprovada.pdf</t>
   </si>
   <si>
     <t>Institui o valor do salário mínimo no âmbito de competência do Município de Olivedos-PB.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/137/pl_53_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/137/pl_53_aprovada.pdf</t>
   </si>
   <si>
     <t>Estende dimensões territoriais de ruas do Município e dá outras determinações.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Reconhece os (as) portadores(as) de Fibromialgia como pessoas com deficiência no âmbito do Município de Olivedos.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/146/pl_55-23_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/146/pl_55-23_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Sebastião Vasconcelos Costa situada no Bairro Cinquentinha.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/147/pl_56-23_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/147/pl_56-23_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Clizelide Leonardo da Costa Silva situada no Bairro Centro.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/148/pl_57_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/148/pl_57_aprovada.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder parcela de complementação do vencimento aos enfermeiros, técnicos de enfermagem, auxiliares de enfermagem e parteiras, integrantes do quadro de servidores do Município e dá outras providências.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/151/pl_58_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/151/pl_58_aprovada.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de desenvolvimento rural sustentável dá outras providências correlatas.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/150/pl_59_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/150/pl_59_aprovada.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 307/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/152/pl_60_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/152/pl_60_aprovada.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial para fins que específica.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/153/pl_61_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/153/pl_61_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial ao orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/156/pl_62_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/156/pl_62_aprovada.pdf</t>
   </si>
   <si>
     <t>Estima receita fixa a despesa do município o exercício financeiro de 2024, e dá outras providencias.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/157/pl_63_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/157/pl_63_aprovada.pdf</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/158/pl_64_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/158/pl_64_aprovada.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal da Primeira Infância de Olivedos/PB para o Decênio 2023/2033 e dá outras providências.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/159/pl_65_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/159/pl_65_aprovada.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel, com encargo, aos moradores que detém propriedade/posse de residências contíguas  ao "Beco de Zé de Milinha" e dá outras providências.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/160/pl_66_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/160/pl_66_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova redação do art. 5°. da Lei Municipal n°. 290/2022 (orçamento vigente) e dá outras providências.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/161/pl_67_aprovada.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/161/pl_67_aprovada.pdf</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Implantar o programa TA NA MESA do Governo do Estado em nosso Município.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>JOSINALDO OLÍMPIO</t>
   </si>
   <si>
     <t>Requerer a pedido de urgência na habilitação social.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/122/requerimento_47.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/122/requerimento_47.pdf</t>
   </si>
   <si>
     <t>Requerer urgência na distribuição de ajuda para o corte de terra.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>JOELMA CRISTINA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/123/requerimento_048.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/123/requerimento_048.pdf</t>
   </si>
   <si>
     <t>Requerer a realização de exames oftalmológicos com os alunos da rede municipal de ensino e doação de óculos.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>JOSÉ EUDES</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/124/requeremento_049.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/124/requeremento_049.pdf</t>
   </si>
   <si>
     <t>Requerer a construção de uma feira de gado em nosso município.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/136/requerimento_aprovado_051.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/136/requerimento_aprovado_051.pdf</t>
   </si>
   <si>
     <t>Requer uma Casa de  apoio em Campina Grande.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_52_2023.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_52_2023.pdf</t>
   </si>
   <si>
     <t>Requer lombada na Rua Jaime Cavalcante da Silva.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_53_2023.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_53_2023.pdf</t>
   </si>
   <si>
     <t>Requer uma lombada na Rua Lourival Ângelo.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>EDUARDO ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_54_2023.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_54_2023.pdf</t>
   </si>
   <si>
     <t>Requer a implantação piso salarial nacional do enfermeiro, do técnico de enfermagem, do auxiliar de enfermagem e da parteira.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_55_2023.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_55_2023.pdf</t>
   </si>
   <si>
     <t>Requer o esgotamento nas casas onde tem fossas.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_56_2023.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_56_2023.pdf</t>
   </si>
   <si>
     <t>Requero o prédio do Grupo Escolar Maria Batista Souza para Associação.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>BANCADA GOVERNISTA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_57_2023.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_57_2023.pdf</t>
   </si>
   <si>
     <t>Requer Guia para calçadas (meio-fio) nas referidas ruas do Bairro Cinquentinha.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_58_2023.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_58_2023.pdf</t>
   </si>
   <si>
     <t>Requerer a realização de obra para calçamentos nas Ruas Francisco Batista de Souza, Jaime Cavalcante da Silva, Inácio Evangelista da Costa e o acesso (beco) localizado por trás da prefeitura até ao lado do prédio popular Sales.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_59.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_59.pdf</t>
   </si>
   <si>
     <t>Requer ação da Secretária de Saúde com os profissionais da saúde.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_60_23.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_60_23.pdf</t>
   </si>
   <si>
     <t>Requer uma lombada na Rua Severino Joaquim de Oliveira.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_61_23.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_61_23.pdf</t>
   </si>
   <si>
     <t>Requer um bebedouro no Ginásio "O Latadão."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -876,68 +876,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/117/pl-_42_23_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/118/pl-43_23-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/119/pl_-_44_-23.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/129/pl_45_aprovado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/126/pl_46_aprovado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/130/pl_47_aprovada.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/131/pl_48_ldo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/132/pl_49_aprovada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/133/pl_050_aprovada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/134/pl_051_aprovada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/135/pl_052_aprovada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/137/pl_53_aprovada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/146/pl_55-23_aprovada.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/147/pl_56-23_aprovada.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/148/pl_57_aprovada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/151/pl_58_aprovada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/150/pl_59_aprovada.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/152/pl_60_aprovada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/153/pl_61_aprovada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/156/pl_62_aprovada.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/157/pl_63_aprovada.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/158/pl_64_aprovada.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/159/pl_65_aprovada.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/160/pl_66_aprovada.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/161/pl_67_aprovada.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/122/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/123/requerimento_048.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/124/requeremento_049.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/136/requerimento_aprovado_051.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_52_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_53_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_54_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_55_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_56_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_57_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_58_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_60_23.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_61_23.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/117/pl-_42_23_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/118/pl-43_23-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/119/pl_-_44_-23.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/129/pl_45_aprovado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/126/pl_46_aprovado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/130/pl_47_aprovada.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/131/pl_48_ldo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/132/pl_49_aprovada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/133/pl_050_aprovada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/134/pl_051_aprovada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/135/pl_052_aprovada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/137/pl_53_aprovada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/146/pl_55-23_aprovada.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/147/pl_56-23_aprovada.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/148/pl_57_aprovada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/151/pl_58_aprovada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/150/pl_59_aprovada.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/152/pl_60_aprovada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/153/pl_61_aprovada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/156/pl_62_aprovada.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/157/pl_63_aprovada.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/158/pl_64_aprovada.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/159/pl_65_aprovada.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/160/pl_66_aprovada.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/161/pl_67_aprovada.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/122/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/123/requerimento_048.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/124/requeremento_049.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/136/requerimento_aprovado_051.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_52_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_53_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_54_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_55_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_56_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_57_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_58_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_60_23.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_61_23.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="214" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>