--- v0 (2025-10-06)
+++ v1 (2026-03-20)
@@ -54,609 +54,609 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>José de Deus Anibal Leonardo</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/69/pl_21_2022_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/69/pl_21_2022_aprovado.pdf</t>
   </si>
   <si>
     <t>Institui a gratificação anual permanente de valorização aos Agentes Comunitários de Saúde e aos Agentes de Combate a Endemias, e dá outras providências.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/70/pl_22_2022_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/70/pl_22_2022_aprovado.pdf</t>
   </si>
   <si>
     <t>Institui o valor do salário mínimo no âmbito de competência do Município de Olivedos-PB.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/73/pl_23_2022_-_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/73/pl_23_2022_-_aprovado.pdf</t>
   </si>
   <si>
     <t>Atualiza os valores financeiros contidos nos Anexos II e IV da Lei nº 107, de 21 de junho de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/77/pl_24_2022_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/77/pl_24_2022_aprovado.pdf</t>
   </si>
   <si>
     <t>Atualiza os valores dispostos nos anexos da Lei nº 119/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/78/pl_25_2022_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/78/pl_25_2022_aprovado.pdf</t>
   </si>
   <si>
     <t>Altera o quadro de pessoal da Administração Direta do Município, atualiza valores e dá outras disposições.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/80/pl_26_2022_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/80/pl_26_2022_aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime Jurídico dos servidores públicos do município de Olivedos, estado da Paraíba, e dá outras providências.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/81/pl_27_2022_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/81/pl_27_2022_aprovado.pdf</t>
   </si>
   <si>
     <t>Atualiza o valor do Programa Atenção Total e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/82/pl_28_2022_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/82/pl_28_2022_aprovado.pdf</t>
   </si>
   <si>
     <t>Autoriza a transposição, o remanejamento ou a transferência de recursos de dotações orçamentárias, e dá outras providências.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>MARIA IZABEL (BEBA)</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/84/pl_29_2022_rejeitado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/84/pl_29_2022_rejeitado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Mercado Público Municipal.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>ALUISIO SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/87/pl_30_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/87/pl_30_2022.pdf</t>
   </si>
   <si>
     <t>Nomeia o Mercado Público do Município de Olivedos.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>JOSINALDO OLÍMPIO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/88/pl_31_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/88/pl_31_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Creche Municipal situada na Rua Antônio Francisco da Costa.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/97/pl_32_2022_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/97/pl_32_2022_aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária do Município para o exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/98/pl_33_2022_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/98/pl_33_2022_aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre pagamento do piso salarial nacional dos Agentes Comunitários de Saúde- ACS; e dos Agentes de Combate a Endemias - ACE; na forma que dispõe o art. 198, parágrafos 8º, 9º e 11 da Constituição Federal, com redação dada pela Emenda Constitucional nº 120/2022.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/102/pl_34_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/102/pl_34_2022.pdf</t>
   </si>
   <si>
     <t>Cria e implanta organismo de políticas para mulheres, consubstanciada na coordenadoria municipal de políticas públicas para as mulheres e em conselho municipal de políticas para a mulher, e dá outras providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/103/pl_35-2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/103/pl_35-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Bairro Novo Mundo, situado no Município de Olivedos.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_n_36_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_n_36_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para contratação de operação de crédito com o Banco do Brasil S/A e da outras providências.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/108/pl_37_2_merged.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/108/pl_37_2_merged.pdf</t>
   </si>
   <si>
     <t>Autorizar abertura de créditos especiais.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/109/pl_n_38.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/109/pl_n_38.pdf</t>
   </si>
   <si>
     <t>Lei Orçamentaria 2023.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/110/pl_39_sem_nome_merged.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/110/pl_39_sem_nome_merged.pdf</t>
   </si>
   <si>
     <t>Autorizar o Poder Executivo a promover leilão para alienar veículos e sucatas inservíveis de propriedade da prefeitura municipal e dá outras providências.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/114/pl_n_40.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/114/pl_n_40.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Creche Municipal situada no Bairro Novo Mundo.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/113/pl_41_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/113/pl_41_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Sebastião Gonçalves situada no Bairro Novo Mundo.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>JOELMA CRISTINA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_6_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_6_2022.pdf</t>
   </si>
   <si>
     <t>Reiterar a solicitação de ônibus com maior capacidade para transporte dos trabalhadores à Campina Grande.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/76/req_32_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/76/req_32_2022.pdf</t>
   </si>
   <si>
     <t>Requerer instalação de barreiras de proteção na rodovia PB-157.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>EDUARDO ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_33_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_33_2022.pdf</t>
   </si>
   <si>
     <t>Requerer a manutenção das estradas vicinais do município.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_34_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_34_2022.pdf</t>
   </si>
   <si>
     <t>Requerer a criação de Programa Bolsa-Atleta.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_35_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_35_2022.pdf</t>
   </si>
   <si>
     <t>Requerer a instalação de pluviômetros no município.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>NINO LEONARDO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_36_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_36_2022.pdf</t>
   </si>
   <si>
     <t>Requerer a implantação de paradas de ônibus na Rodovia PB-157.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>JOSÉ EUDES</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_37_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_37_2022.pdf</t>
   </si>
   <si>
     <t>Requerer a construção de passagem molhada no Algodão.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_38_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_38_2022.pdf</t>
   </si>
   <si>
     <t>Requerer a instalação de coletores de pilhas e baterias.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_39_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_39_2022.pdf</t>
   </si>
   <si>
     <t>REQUERER a criação de cargo de acompanhante hospitalar para idosos do Município de Olivedos.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_40_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_40_2022.pdf</t>
   </si>
   <si>
     <t>REQUERER a criação e implantação de um canil no município de Olivedos.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Requerer a locação temporária de um ônibus para os trabalhadores.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>ALUISIO SANTOS, EDUARDO ALMEIDA, GENILSON IMPERIANO, JOSINALDO OLÍMPIO, JOSÉ EUDES, MARIA IZABEL (BEBA), NINO LEONARDO, UIRSON GUIMARÃES</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/71/mocao_3_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/71/mocao_3_2022.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. Maria Cristina Costa.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/72/mocao_4_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/72/mocao_4_2022.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Sr. Geraldo Oliveira de Melo.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/79/mocao_5_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/79/mocao_5_2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Flávio Batista de Vasconcelos.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/91/mocao_6_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/91/mocao_6_2022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a José Danrley Cavalcante dos Santos.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/100/pr_2_2022_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/100/pr_2_2022_aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de cronômetro digital no plenário da Câmara Municipal de Olivedos.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/101/pr_003_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/101/pr_003_2022.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos à Resolução nº 1/2001 que trata do Regimento Interno da Câmara Municipal de Olivedos.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/74/plc_2_2022_-_codigo_de_posturas_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/74/plc_2_2022_-_codigo_de_posturas_aprovado.pdf</t>
   </si>
   <si>
     <t>Institui Código de Posturas do Município de Olivedos, com as medidas do poder de polícia administrativa a cargo da Administração Municipal.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/111/sem_nome.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/111/sem_nome.pdf</t>
   </si>
   <si>
     <t>Aprova a Planta Genérica de Valores Imobiliários do Município de Olivedos/PB.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/86/pdl_4_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/86/pdl_4_2022.pdf</t>
   </si>
   <si>
     <t>Outorga título de Cidadã Olivedense a Senhora Iara Cristina Dantas Freitas, e dá outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/89/pdl_5_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/89/pdl_5_2022.pdf</t>
   </si>
   <si>
     <t>Outorga título de Cidadão Olivedense ao Pe. João Batista da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/92/pdl_006_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/92/pdl_006_2022.pdf</t>
   </si>
   <si>
     <t>Outorga título de Cidadão Olivedense ao Pe. Rômulo Remígio Viana e dá outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/106/pdl_7_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/106/pdl_7_2022.pdf</t>
   </si>
   <si>
     <t>Outorga título de Cidadã Olivedense a Sra. Vera Lúcia Diniz Porto e dá outras providências.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/85/emenda_3_2022_pl_26_2022.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/85/emenda_3_2022_pl_26_2022.pdf</t>
   </si>
   <si>
     <t>Modificar o art. 77, caput e o § 2º, do Projeto de Lei nº 26/2022, de 22 de fevereiro de 2022, que “Dispõe sobre o Regime Jurídico dos Servidores Públicos do Município de Olivedos, Estado da Paraíba, e dá outras providências.”</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>VTO</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/83/veto_1_2022_mantido.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/83/veto_1_2022_mantido.pdf</t>
   </si>
   <si>
     <t>Veto parcial do Projeto de Lei nº 25/2022, especificamente na tabela, quanto à remuneração dos Agentes Comunitários de Saúde e os Agentes de Combate às Endemias.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -963,68 +963,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/69/pl_21_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/70/pl_22_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/73/pl_23_2022_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/77/pl_24_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/78/pl_25_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/80/pl_26_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/81/pl_27_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/82/pl_28_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/84/pl_29_2022_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/87/pl_30_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/88/pl_31_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/97/pl_32_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/98/pl_33_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/102/pl_34_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/103/pl_35-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_n_36_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/108/pl_37_2_merged.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/109/pl_n_38.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/110/pl_39_sem_nome_merged.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/114/pl_n_40.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/113/pl_41_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_6_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/76/req_32_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_33_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_34_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_35_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_36_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_37_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_38_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_39_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_40_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/71/mocao_3_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/72/mocao_4_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/79/mocao_5_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/91/mocao_6_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/100/pr_2_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/101/pr_003_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/74/plc_2_2022_-_codigo_de_posturas_aprovado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/111/sem_nome.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/86/pdl_4_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/89/pdl_5_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/92/pdl_006_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/106/pdl_7_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/85/emenda_3_2022_pl_26_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/83/veto_1_2022_mantido.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/69/pl_21_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/70/pl_22_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/73/pl_23_2022_-_aprovado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/77/pl_24_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/78/pl_25_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/80/pl_26_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/81/pl_27_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/82/pl_28_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/84/pl_29_2022_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/87/pl_30_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/88/pl_31_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/97/pl_32_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/98/pl_33_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/102/pl_34_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/103/pl_35-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_n_36_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/108/pl_37_2_merged.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/109/pl_n_38.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/110/pl_39_sem_nome_merged.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/114/pl_n_40.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/113/pl_41_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/75/indicacao_6_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/76/req_32_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_33_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/93/requerimento_34_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_35_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_36_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_37_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_38_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/104/requerimento_39_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_40_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/71/mocao_3_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/72/mocao_4_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/79/mocao_5_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/91/mocao_6_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/100/pr_2_2022_aprovado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/101/pr_003_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/74/plc_2_2022_-_codigo_de_posturas_aprovado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/111/sem_nome.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/86/pdl_4_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/89/pdl_5_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/92/pdl_006_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/106/pdl_7_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/85/emenda_3_2022_pl_26_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2022/83/veto_1_2022_mantido.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="140" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="244.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>