--- v0 (2025-10-07)
+++ v1 (2026-03-21)
@@ -51,666 +51,666 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>José de Deus Anibal Leonardo</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/1/pl_001-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/1/pl_001-2021.pdf</t>
   </si>
   <si>
     <t>Institui o valor do salário mínimo no âmbito de competência do Município de Olivedos-PB.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/9/pl_002-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/9/pl_002-2021.pdf</t>
   </si>
   <si>
     <t>Reajusta a remuneração dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias com base no Piso Nacional.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ALUISIO SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/21/pl_006_2021_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/21/pl_006_2021_aprovado.pdf</t>
   </si>
   <si>
     <t>DÁ NOME À ESCOLA DE ENSINO INFANTIL SITUADA NO CONJUNTO SÃO FRANCISCO, MUNICÍPIO DE OLIVEDOS.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>JOSINALDO OLÍMPIO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/23/pl_7_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/23/pl_7_2021.pdf</t>
   </si>
   <si>
     <t>Nomeia de Rua Anna Moura da Costa a conhecida Rua do Baldo do Açude das Mouras no município de Olivedos.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/30/pl_008-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/30/pl_008-2021.pdf</t>
   </si>
   <si>
     <t>Nomeia de Praça José Batista da Silveira a Praça situada ao final da Rua Anna Moura da Costa, no município de Olivedos.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/40/pl_9-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/40/pl_9-2021.pdf</t>
   </si>
   <si>
     <t>Cria e dispõe sobre o Fundo Municipal da Criança e do Adolescente no âmbito do Município de Olivedos/PB e dá outras providências.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/49/pl_10_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/49/pl_10_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Desenvolvimento Rural Sustentável - CMDRS de Olivedos/PB, a criação de fundo com dotações para este fim, revoga a Lei nº 001/2001 e dá outras providências.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/50/pl_011_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/50/pl_011_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estadualização da estrada vicinal que interliga Pocinhos a Olivedos e Olivedos a Cubati e dá outras providências.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/52/pl_12_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/52/pl_12_2021.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Evangélico no Município de Olivedos.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/58/pl_13_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/58/pl_13_2021.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual do Município para o período de 2022 a 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/59/pl_14_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/59/pl_14_2021.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município para o exercício financeiro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>NINO LEONARDO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/60/pl_15_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/60/pl_15_2021.pdf</t>
   </si>
   <si>
     <t>Nomeia de Quadra Poliesportiva de Areia Joaquim Veríssimo de Sousa (Arena Kinka) a quadra de areia localizada no Conjunto São Francisco, município de Olivedos.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>EDUARDO ALMEIDA, JOELMA CRISTINA, MARIA IZABEL (BEBA)</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/61/pl_16_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/61/pl_16_2021.pdf</t>
   </si>
   <si>
     <t>Nomeia a passagem molhada situada no Sítio Miramar de passagem molhada Evilásio de Albuquerque Melo.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/62/pl_17_2021__aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/62/pl_17_2021__aprovado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de incentivo variável por desempenho de metas do Programa Previne Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/68/pl_18_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/68/pl_18_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro Administrativo do município de Olivedos e dá outras providências.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/66/pl_20_2021_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/66/pl_20_2021_aprovado.pdf</t>
   </si>
   <si>
     <t>Estabelece o valor de requisição de pequeno valor no âmbito da Fazenda Pública do município de Olivedos/PB.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>GENILSON IMPERIANO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_001-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_001-2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para viabilizar, junto à CAGEPA, a instalação de rede de água no Sítio Miramar.</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_002-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_002-2021.pdf</t>
   </si>
   <si>
     <t>Indicar ao Poder Executivo a instalação de iluminação pública na Rua Pedro Jorge da Silva.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_003-2021.docx</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_003-2021.docx</t>
   </si>
   <si>
     <t>Indicar ao Poder Executivo implantação de passagem molhada na saída de acesso aos Sítios Aroeiras e outros.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>JOSÉ EUDES</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_4_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_4_2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Chefe do Poder Executivo para implantação de passagem molhada no Sítio Algodão, município de Olivedos.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MARIA IZABEL (BEBA)</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_5_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_5_2021.pdf</t>
   </si>
   <si>
     <t>Indicação para reiterar todos os pedidos de instalação de lombadas em ruas situadas na sede do município de Olivedos</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/3/requerimento_001-2021-criacao_programa_de_casas_populares.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/3/requerimento_001-2021-criacao_programa_de_casas_populares.pdf</t>
   </si>
   <si>
     <t>Indicar ao Poder Executivo Municipal a criação de Programa de Construção de Casas Populares.</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/5/requerimento_002-2021-pontos_de_acesso_aos_deficientes_fisicos_nos_espacos_publicos.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/5/requerimento_002-2021-pontos_de_acesso_aos_deficientes_fisicos_nos_espacos_publicos.pdf</t>
   </si>
   <si>
     <t>Requerer a instalação de pontos de acesso aos deficientes físicos nos órgãos e espaços públicos.</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_003-2021-obras_de_infraestrutura_para_instalacao_de_iluminacao_publica.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_003-2021-obras_de_infraestrutura_para_instalacao_de_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Requerer obras de infraestrutura básica para instalação de iluminação pública em loteamento irregular.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>UIRSON GUIMARÃES</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/22/req_007_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/22/req_007_2021.pdf</t>
   </si>
   <si>
     <t>Requerer ao Poder Executivo a instalação de letreiro “Eu amo Olivedos” na Praça Central do município.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/25/req_8_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/25/req_8_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a realização de obra para calçamento da Rua José Gonçalves.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/26/req_9_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/26/req_9_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a contratação de Pediatra para atendimento no município.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/27/req_10_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/27/req_10_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a contratação de Cardiologista para atendimento no município.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/31/req_11-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/31/req_11-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a realização de obra para calçamento da Rua Francisco Batista de Souza.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/32/req_12-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/32/req_12-2021.pdf</t>
   </si>
   <si>
     <t>Requerer criação de Programa de Distribuição de Absorventes Higiênicos nas escolas públicas municipais do Município de Olivedos.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/33/req_13-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/33/req_13-2021.pdf</t>
   </si>
   <si>
     <t>Requerer o cadastro de ruas e numeração de residências.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/34/req_14-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/34/req_14-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a implantação de redutor de velocidade no Miramar.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/28/req_15_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/28/req_15_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a realização de obra para calçamento da Rua José Adalto de Sousa.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/35/req_16-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/35/req_16-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a realização de obra para calçamento da Rua José Deucreciano de Almeida.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/36/req_17-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/36/req_17-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a realização de obra para calçamento da Rua João Borges.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/29/req_18_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/29/req_18_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a realização de Sopão Comunitário.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>EDUARDO ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/37/req_19-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/37/req_19-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a regularização de atendimento odontológico em Soledade.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>JOELMA CRISTINA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/38/req_20-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/38/req_20-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a realização de curso de primeiros socorros aos profissionais da rede municipal de ensino de Olivedos.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/39/req_21-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/39/req_21-2021.pdf</t>
   </si>
   <si>
     <t>Requerer reforma do Clube Municipal de Olivedos.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/41/req_22-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/41/req_22-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a regulamentação de Incentivo Adicional aos Agentes Comunitários de Saúde e Agentes de Controle de Endemias de Olivedos.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/42/req_23-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/42/req_23-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a Criação de Plano de Cargos, Carreiras e Salários para os Servidores Públicos de Olivedos.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/43/req_24-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/43/req_24-2021.pdf</t>
   </si>
   <si>
     <t>Requerer a instalação de poste de luz na Rua Eliane Barros.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/44/req_25_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/44/req_25_2021.pdf</t>
   </si>
   <si>
     <t>Requerer ao Poder Executivo a criação de banco de sementes no município de Olivedos.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/45/req_26_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/45/req_26_2021.pdf</t>
   </si>
   <si>
     <t>Requerer ao Poder Executivo a implantação de cobertura de proteção na área dos quiosques da Praça Manuel Tomaz.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/46/req_27_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/46/req_27_2021.pdf</t>
   </si>
   <si>
     <t>Requerer ao Poder Executivo a aquisição e distribuição de uniforme aos vigilantes do município de Olivedos.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/51/req_28_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/51/req_28_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a criação de programa de controle populacional de cães e gatos no município de Olivedos.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/53/req_29_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/53/req_29_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a disponibilização de computador notebook para professores da rede municipal de ensino.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/57/req_30_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/57/req_30_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a criação de espaço para exposição e comercialização de artesanato.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/65/req_31_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/65/req_31_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a não demolição dos prédios de grupos escolares desativados e readequação do seu uso.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>ALUISIO SANTOS, EDUARDO ALMEIDA, GENILSON IMPERIANO, JOELMA CRISTINA, JOSINALDO OLÍMPIO, JOSÉ EUDES, MARIA IZABEL (BEBA), NINO LEONARDO, UIRSON GUIMARÃES</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/2/mocao_001-2021-falecimento_evilasio_de_albuquerque_melo.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/2/mocao_001-2021-falecimento_evilasio_de_albuquerque_melo.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Evilasio de Albuquerque Melo.</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/24/mocao_002-2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/24/mocao_002-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. José Inácio de Oliveira.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/47/plc_1_2021_atualiza_codigo_tributario__aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/47/plc_1_2021_atualiza_codigo_tributario__aprovado.pdf</t>
   </si>
   <si>
     <t>Atualiza o Código Tributário do Município de Olivedos, Estado da Paraíba e dá outras providências.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/20/pdl_001_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/20/pdl_001_2021.pdf</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE CIDADÃO OLIVEDENSE AO SENHOR FRANCISCO DA CONCEIÇÃO MARQUES MONTEIRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>CCJR - Comissão de Constituição Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/48/pdl_2_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/48/pdl_2_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento da Prestação de Contas do Exercício de 2019 da Prefeitura Municipal de Olivedos/PB.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/63/pdl_3_2021_aprovado.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/63/pdl_3_2021_aprovado.pdf</t>
   </si>
   <si>
     <t>Outorga título de Cidadão Olivedense ao Senhor Bismarck Martins de Oliveira, e dá outras providências.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/54/emenda_1_2021_pl_12_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/54/emenda_1_2021_pl_12_2021.pdf</t>
   </si>
   <si>
     <t>Modifica o art. 2º do Projeto de Lei Ordinária nº 12/2021, de 1º de setembro de 2021, que “Institui o Dia do Evangélico no Município de Olivedos”.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/55/emenda_2_2021_plc_1_2021.pdf</t>
+    <t>http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/55/emenda_2_2021_plc_1_2021.pdf</t>
   </si>
   <si>
     <t>Modifica o parágrafo 4º e adiciona os incisos I e II, do art. 135, do Projeto de Lei Complementar nº 1/2021, de 9 de agosto de 2021, que “Atualiza o Código Tributário do Município de Olivedos, Estado da Paraíba e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1017,68 +1017,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/1/pl_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/9/pl_002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/21/pl_006_2021_aprovado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/23/pl_7_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/30/pl_008-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/40/pl_9-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/49/pl_10_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/50/pl_011_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/52/pl_12_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/58/pl_13_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/59/pl_14_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/60/pl_15_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/61/pl_16_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/62/pl_17_2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/68/pl_18_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/66/pl_20_2021_aprovado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_003-2021.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_4_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_5_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/3/requerimento_001-2021-criacao_programa_de_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/5/requerimento_002-2021-pontos_de_acesso_aos_deficientes_fisicos_nos_espacos_publicos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_003-2021-obras_de_infraestrutura_para_instalacao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/22/req_007_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/25/req_8_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/26/req_9_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/27/req_10_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/31/req_11-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/32/req_12-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/33/req_13-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/34/req_14-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/28/req_15_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/35/req_16-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/36/req_17-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/29/req_18_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/37/req_19-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/38/req_20-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/39/req_21-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/41/req_22-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/42/req_23-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/43/req_24-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/44/req_25_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/45/req_26_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/46/req_27_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/51/req_28_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/53/req_29_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/57/req_30_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/65/req_31_2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/2/mocao_001-2021-falecimento_evilasio_de_albuquerque_melo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/24/mocao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/47/plc_1_2021_atualiza_codigo_tributario__aprovado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/20/pdl_001_2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/48/pdl_2_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/63/pdl_3_2021_aprovado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/54/emenda_1_2021_pl_12_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/55/emenda_2_2021_plc_1_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/1/pl_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/9/pl_002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/21/pl_006_2021_aprovado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/23/pl_7_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/30/pl_008-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/40/pl_9-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/49/pl_10_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/50/pl_011_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/52/pl_12_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/58/pl_13_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/59/pl_14_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/60/pl_15_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/61/pl_16_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/62/pl_17_2021__aprovado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/68/pl_18_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/66/pl_20_2021_aprovado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/4/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/12/indicacao_003-2021.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_4_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_5_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/3/requerimento_001-2021-criacao_programa_de_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/5/requerimento_002-2021-pontos_de_acesso_aos_deficientes_fisicos_nos_espacos_publicos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/6/requerimento_003-2021-obras_de_infraestrutura_para_instalacao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/22/req_007_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/25/req_8_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/26/req_9_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/27/req_10_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/31/req_11-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/32/req_12-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/33/req_13-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/34/req_14-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/28/req_15_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/35/req_16-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/36/req_17-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/29/req_18_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/37/req_19-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/38/req_20-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/39/req_21-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/41/req_22-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/42/req_23-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/43/req_24-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/44/req_25_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/45/req_26_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/46/req_27_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/51/req_28_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/53/req_29_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/57/req_30_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/65/req_31_2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/2/mocao_001-2021-falecimento_evilasio_de_albuquerque_melo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/24/mocao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/47/plc_1_2021_atualiza_codigo_tributario__aprovado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/20/pdl_001_2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/48/pdl_2_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/63/pdl_3_2021_aprovado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/54/emenda_1_2021_pl_12_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.olivedos.pb.leg.br/media/sapl/public/materialegislativa/2021/55/emenda_2_2021_plc_1_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="156.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="153.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="152.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="208.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>